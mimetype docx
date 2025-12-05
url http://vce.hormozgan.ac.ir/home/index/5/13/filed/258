--- v0 (2025-10-26)
+++ v1 (2025-12-05)
@@ -1,14933 +1,1819 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...2 lines deleted...]
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="311E8188" w14:textId="77777777" w:rsidR="003F153D" w:rsidRPr="003F153D" w:rsidRDefault="003073D5" w:rsidP="003F153D">
-[...548 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
         <w:bidiVisual/>
-        <w:tblW w:w="0" w:type="auto"/>
-[...9 lines deleted...]
-        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+        <w:tblW w:w="9677" w:type="dxa"/>
+        <w:tblInd w:w="-558" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4902"/>
-        <w:gridCol w:w="3407"/>
+        <w:gridCol w:w="2321"/>
+        <w:gridCol w:w="5522"/>
+        <w:gridCol w:w="1834"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008A50A7" w:rsidRPr="009905C7" w14:paraId="5B3FEBD1" w14:textId="77777777" w:rsidTr="00E5707B">
+      <w:tr w:rsidR="00F850B3" w:rsidRPr="00262734" w14:paraId="5B573829" w14:textId="77777777" w:rsidTr="00412BF7">
         <w:trPr>
-          <w:trHeight w:val="433"/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="969"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4902" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2321" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="093F1C66" w14:textId="77777777" w:rsidR="003F153D" w:rsidRPr="00BB5073" w:rsidRDefault="00BB5073" w:rsidP="005A61CE">
-[...18 lines deleted...]
-              <w:t>:</w:t>
+          <w:p w14:paraId="3A6E3200" w14:textId="77777777" w:rsidR="00F850B3" w:rsidRPr="00262734" w:rsidRDefault="00A73E95">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="B Zar"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00262734">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+                <w:lang w:bidi="ar-SA"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7451DB15" wp14:editId="30270BDB">
+                  <wp:extent cx="809136" cy="885825"/>
+                  <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                  <wp:docPr id="2" name="Picture 2"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="download.jpg"/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId7" cstate="print">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="809625" cy="886361"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3407" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="5522" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5531315F" w14:textId="77777777" w:rsidR="003F153D" w:rsidRPr="00665F25" w:rsidRDefault="003F153D" w:rsidP="005A61CE">
-[...1 lines deleted...]
-              <w:spacing w:line="360" w:lineRule="auto"/>
+          <w:p w14:paraId="3080F29B" w14:textId="77777777" w:rsidR="00F850B3" w:rsidRPr="00262734" w:rsidRDefault="00F850B3" w:rsidP="00B10C4B">
+            <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="MS Mincho" w:cs="B Zar"/>
+                <w:rFonts w:cs="B Zar"/>
                 <w:b/>
                 <w:bCs/>
-                <w:szCs w:val="26"/>
-[...43 lines deleted...]
-              <w:t>:</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00262734">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>بسمه تعالی</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5DE7FE85" w14:textId="77777777" w:rsidR="00F850B3" w:rsidRPr="00262734" w:rsidRDefault="00F850B3" w:rsidP="00B10C4B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="B Zar"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00262734">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>کاربرگ تعریف موضوع پایان نامه ( پیشنهاد پژوهشی )</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3407" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1834" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="35123E2F" w14:textId="77777777" w:rsidR="003F153D" w:rsidRPr="00665F25" w:rsidRDefault="003F153D" w:rsidP="005A61CE">
-[...78 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="58B84398" w14:textId="77777777" w:rsidR="00F850B3" w:rsidRPr="00262734" w:rsidRDefault="00612A10">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="B Zar"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00262734">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>تاریخ تصویب:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7209D219" w14:textId="77777777" w:rsidR="00612A10" w:rsidRPr="00262734" w:rsidRDefault="00612A10">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="B Zar"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="281C28D5" w14:textId="7DCE0430" w:rsidR="00612A10" w:rsidRPr="00262734" w:rsidRDefault="00612A10">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="B Zar"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00262734">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>شماره:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4641EE19" w14:textId="77777777" w:rsidR="003F153D" w:rsidRDefault="003F153D" w:rsidP="003F153D">
-[...1253 lines deleted...]
-    <w:p w14:paraId="15C9EEC8" w14:textId="77777777" w:rsidR="000E611C" w:rsidRDefault="000E611C" w:rsidP="000E611C">
+    <w:p w14:paraId="3C12735B" w14:textId="30060565" w:rsidR="00F850B3" w:rsidRPr="00262734" w:rsidRDefault="00A73E95">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="B Zar"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="30"/>
-          <w:szCs w:val="30"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00262734">
+        <w:rPr>
+          <w:rFonts w:cs="B Zar" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:rtl/>
         </w:rPr>
-      </w:pPr>
-[...1098 lines deleted...]
-        <w:br w:type="page"/>
+        <w:t xml:space="preserve">مشخصات دانشجو </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
         <w:bidiVisual/>
-        <w:tblW w:w="0" w:type="auto"/>
-[...7 lines deleted...]
-        </w:tblBorders>
+        <w:tblW w:w="9774" w:type="dxa"/>
+        <w:tblInd w:w="-172" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9571"/>
+        <w:gridCol w:w="3804"/>
+        <w:gridCol w:w="2950"/>
+        <w:gridCol w:w="3020"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002F16DD" w:rsidRPr="00CD43DC" w14:paraId="7F390C83" w14:textId="77777777" w:rsidTr="00AC3B3E">
+      <w:tr w:rsidR="00F850B3" w:rsidRPr="00262734" w14:paraId="45B42123" w14:textId="77777777" w:rsidTr="00412BF7">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9797" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+            <w:tcW w:w="3804" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="64BE9A79" w14:textId="77777777" w:rsidR="002F16DD" w:rsidRPr="00CD43DC" w:rsidRDefault="00E67736" w:rsidP="002F16DD">
+          <w:p w14:paraId="2AE04A91" w14:textId="7E3C9729" w:rsidR="00F850B3" w:rsidRPr="00262734" w:rsidRDefault="00F850B3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="B Zar"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00262734">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>نام و نام خانوادگی دانشجو :</w:t>
+            </w:r>
+            <w:r w:rsidR="001D537B" w:rsidRPr="00262734">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F20FF3">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>لال</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="799974B7" w14:textId="47DEAFDE" w:rsidR="00F850B3" w:rsidRPr="00262734" w:rsidRDefault="00F850B3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="B Zar"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00262734">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>شماره دانشجویی :</w:t>
+            </w:r>
+            <w:r w:rsidR="00C8258E">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002972A5">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3020" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F1F7ABB" w14:textId="09F74FE5" w:rsidR="00F850B3" w:rsidRPr="00262734" w:rsidRDefault="00F850B3" w:rsidP="00412BF7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="B Zar"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00262734">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>رشته :</w:t>
+            </w:r>
+            <w:r w:rsidR="001D537B" w:rsidRPr="00262734">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F20FF3">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>التل</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004F7661" w:rsidRPr="00262734" w14:paraId="74BCD76D" w14:textId="77777777" w:rsidTr="00412BF7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3804" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A682750" w14:textId="6FC0CBF8" w:rsidR="004F7661" w:rsidRPr="00262734" w:rsidRDefault="004F7661">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="B Zar"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00262734">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve">نام استاد راهنما : </w:t>
+            </w:r>
+            <w:r w:rsidR="00333439" w:rsidRPr="00262734">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>دکتر</w:t>
+            </w:r>
+            <w:r w:rsidR="00471FB2" w:rsidRPr="00262734">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5970" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B995773" w14:textId="044C081C" w:rsidR="004F7661" w:rsidRPr="00262734" w:rsidRDefault="004F7661">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="B Zar"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00262734">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>نام استاد راهنمای همکار و درصد همکاری:</w:t>
+            </w:r>
+            <w:r w:rsidR="00C8258E">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002972A5">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004B3CC0" w:rsidRPr="00262734" w14:paraId="673694EC" w14:textId="77777777" w:rsidTr="00412BF7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6754" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="4ABF023D" w14:textId="525DE9BF" w:rsidR="004B3CC0" w:rsidRPr="00262734" w:rsidRDefault="00534F4D" w:rsidP="004B3CC0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="B Zar"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00262734">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>نام استاد</w:t>
+            </w:r>
+            <w:r w:rsidR="004B3CC0" w:rsidRPr="00262734">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> مشاور : </w:t>
+            </w:r>
+            <w:r w:rsidR="001D537B" w:rsidRPr="00262734">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve">دکتر </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3020" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CC5B17C" w14:textId="67D227C1" w:rsidR="004B3CC0" w:rsidRPr="00262734" w:rsidRDefault="004B3CC0">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="B Zar"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00262734">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve">تعداد واحد پایان نامه : </w:t>
+            </w:r>
+            <w:r w:rsidR="002972A5">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A0038" w:rsidRPr="00262734" w14:paraId="7D0EF9D9" w14:textId="77777777" w:rsidTr="00412BF7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9774" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="33FC0863" w14:textId="77777777" w:rsidR="003A0038" w:rsidRPr="00262734" w:rsidRDefault="003A0038">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="B Zar"/>
                 <w:b/>
                 <w:bCs/>
-                <w:rtl/>
-[...4 lines deleted...]
-                <w:rFonts w:cs="B Zar"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00262734">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar" w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
-                <w:rtl/>
-[...6 lines deleted...]
-                <w:rFonts w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve">عنوان کامل پایان نامه : </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66DA91F5" w14:textId="77DD1994" w:rsidR="003A0038" w:rsidRPr="00262734" w:rsidRDefault="003A0038" w:rsidP="00697540">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="B Zar"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00262734">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>فارسی :</w:t>
+            </w:r>
+            <w:r w:rsidR="001D537B" w:rsidRPr="00262734">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00262734">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001D537B" w:rsidRPr="00262734">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>به‌کارگ</w:t>
+            </w:r>
+            <w:r w:rsidR="001D537B" w:rsidRPr="00262734">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ی</w:t>
+            </w:r>
+            <w:r w:rsidR="001D537B" w:rsidRPr="00262734">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar" w:hint="eastAsia"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ر</w:t>
+            </w:r>
+            <w:r w:rsidR="001D537B" w:rsidRPr="00262734">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ی</w:t>
+            </w:r>
+            <w:r w:rsidR="001D537B" w:rsidRPr="00262734">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4141038A" w14:textId="77777777" w:rsidR="004608E9" w:rsidRPr="00262734" w:rsidRDefault="003A0038">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="B Zar"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00262734">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>انگلیسی :</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF3BA8" w:rsidRPr="00262734">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A1E5598" w14:textId="782B30C2" w:rsidR="003A0038" w:rsidRPr="002972A5" w:rsidRDefault="009512B9" w:rsidP="002972A5">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002972A5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Green </w:t>
+            </w:r>
+            <w:r w:rsidR="002972A5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002972A5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">olvents </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28C69025" w14:textId="4BAC5257" w:rsidR="003A0038" w:rsidRPr="00412BF7" w:rsidRDefault="003A0038" w:rsidP="00412BF7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="B Zar"/>
+                <w:sz w:val="44"/>
+                <w:szCs w:val="44"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00262734">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve">نوع پایان نامه :  کاربردی   </w:t>
+            </w:r>
+            <w:r w:rsidR="00F20FF3" w:rsidRPr="00412BF7">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="44"/>
+                <w:szCs w:val="44"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings 2" w:char="F0A3"/>
+            </w:r>
+            <w:r w:rsidRPr="00262734">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve">                           بنیادی    </w:t>
+            </w:r>
+            <w:r w:rsidR="00F20FF3" w:rsidRPr="00412BF7">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="44"/>
+                <w:szCs w:val="44"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings 2" w:char="F0A3"/>
+            </w:r>
+            <w:r w:rsidRPr="00262734">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve">                       نظری</w:t>
+            </w:r>
+            <w:r w:rsidR="00A73E95" w:rsidRPr="00262734">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="00412BF7" w:rsidRPr="00412BF7">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="00412BF7" w:rsidRPr="00412BF7">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="44"/>
+                <w:szCs w:val="44"/>
+              </w:rPr>
+              <w:sym w:font="Wingdings 2" w:char="F0A3"/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6494B2CE" w14:textId="1C34EA81" w:rsidR="003A0038" w:rsidRPr="00262734" w:rsidRDefault="003A0038" w:rsidP="00D30623">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="B Zar"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00262734">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve">شرح مختصر : </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24D293DD" w14:textId="77777777" w:rsidR="00F20FF3" w:rsidRDefault="001D537B" w:rsidP="00412BF7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cs="B Zar"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00262734">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>در حال حاضر، در فرآ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00262734">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00262734">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar" w:hint="eastAsia"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ند</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="569CEC65" w14:textId="77777777" w:rsidR="00F20FF3" w:rsidRDefault="00F20FF3" w:rsidP="00412BF7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cs="B Zar"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0EB44216" w14:textId="77777777" w:rsidR="00F20FF3" w:rsidRDefault="00F20FF3" w:rsidP="00412BF7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cs="B Zar"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2DAB6689" w14:textId="77777777" w:rsidR="00F20FF3" w:rsidRDefault="00F20FF3" w:rsidP="00412BF7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cs="B Zar"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="67DC8440" w14:textId="77777777" w:rsidR="00F20FF3" w:rsidRDefault="00F20FF3" w:rsidP="00412BF7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cs="B Zar"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="64050894" w14:textId="77777777" w:rsidR="00F20FF3" w:rsidRDefault="00F20FF3" w:rsidP="00412BF7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cs="B Zar"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="20636930" w14:textId="77777777" w:rsidR="00F20FF3" w:rsidRDefault="00F20FF3" w:rsidP="00412BF7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cs="B Zar"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5836AF50" w14:textId="20C71FDF" w:rsidR="003A0038" w:rsidRPr="00262734" w:rsidRDefault="003A0038" w:rsidP="00412BF7">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:cs="B Zar"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="44F0834D" w14:textId="121E61CA" w:rsidR="003A0038" w:rsidRPr="00262734" w:rsidRDefault="000C4184" w:rsidP="00ED4914">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="B Zar"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00262734">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve">کلمات کلیدی : </w:t>
+            </w:r>
+            <w:r w:rsidR="003E090A" w:rsidRPr="00262734">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>حلال‌ها</w:t>
+            </w:r>
+            <w:r w:rsidR="003E090A" w:rsidRPr="00262734">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ی</w:t>
+            </w:r>
+            <w:r w:rsidR="003E090A" w:rsidRPr="00262734">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> سبز</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="025E772F" w14:textId="3AE7C0C8" w:rsidR="003A0038" w:rsidRPr="00262734" w:rsidRDefault="000C4184" w:rsidP="00FB3407">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="B Zar"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00262734">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve">نتایج تحقیقات و پایان نامه های دانشجویان و درآمدهای  مالی ناشی از آن متعلق به دانشگاه هرمزگان بوده و هیچ شخصیت حقیقی و حقوقی بدون اجازه دانشگاه حق بهره برداری از آنرا نخواهد داشت . نقل مطالب با ذکر ماخذ بلامانع است . </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009512B9" w:rsidRPr="00262734" w14:paraId="52F954A0" w14:textId="77777777" w:rsidTr="00412BF7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9774" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="66AB4169" w14:textId="77777777" w:rsidR="009512B9" w:rsidRPr="00262734" w:rsidRDefault="009512B9">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="B Zar"/>
                 <w:b/>
                 <w:bCs/>
-                <w:rtl/>
-[...5 lines deleted...]
-                <w:rFonts w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000C4184" w:rsidRPr="00262734" w14:paraId="4D27D609" w14:textId="77777777" w:rsidTr="00412BF7">
+        <w:trPr>
+          <w:trHeight w:val="1682"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9774" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="56461C97" w14:textId="6EB035C3" w:rsidR="00B10C4B" w:rsidRPr="00262734" w:rsidRDefault="000C4184" w:rsidP="00C41203">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="B Zar"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00262734">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>موضوع مورد تایید</w:t>
+            </w:r>
+            <w:r w:rsidR="00773A3F" w:rsidRPr="00262734">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> می</w:t>
+            </w:r>
+            <w:r w:rsidR="00773A3F" w:rsidRPr="00262734">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:softHyphen/>
+              <w:t>باشد</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00262734">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> و اتمام به موقع پایان نامه در چهارچوب آیین نامه ه</w:t>
+            </w:r>
+            <w:r w:rsidR="00773A3F" w:rsidRPr="00262734">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ای مصوب دوره های تحصیلات تکمیلی</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00262734">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve">، امکانات موجود در دانشکده و اعتبارات مربوط به خرید اقلام مصرفی جزئی امکان پذیر است . </w:t>
+            </w:r>
+            <w:r w:rsidR="00B10C4B" w:rsidRPr="00262734">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5AC3B5D4" w14:textId="39D2FD40" w:rsidR="000C4184" w:rsidRPr="00262734" w:rsidRDefault="00314CC9" w:rsidP="00C41203">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="B Zar"/>
                 <w:b/>
                 <w:bCs/>
-                <w:rtl/>
-[...1 lines deleted...]
-              <w:t>-خلاصه تحقیق</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00262734">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>تاریخ و امضای</w:t>
+            </w:r>
+            <w:r w:rsidR="000C4184" w:rsidRPr="00262734">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> دانشجو :                    </w:t>
+            </w:r>
+            <w:r w:rsidR="004F7661" w:rsidRPr="00262734">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve">                   تاریخ و امضای</w:t>
+            </w:r>
+            <w:r w:rsidR="000C4184" w:rsidRPr="00262734">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> اس</w:t>
+            </w:r>
+            <w:r w:rsidR="004F7661" w:rsidRPr="00262734">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>تاد راهنمای اول</w:t>
+            </w:r>
+            <w:r w:rsidR="000C4184" w:rsidRPr="00262734">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> : </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2D2EA95B" w14:textId="7B489981" w:rsidR="00C41203" w:rsidRPr="00262734" w:rsidRDefault="00C41203" w:rsidP="00C41203">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="B Zar"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="67E1668B" w14:textId="58A5927B" w:rsidR="000C4184" w:rsidRPr="00262734" w:rsidRDefault="00314CC9" w:rsidP="00C41203">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="B Zar"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00262734">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>امضای</w:t>
+            </w:r>
+            <w:r w:rsidR="000C4184" w:rsidRPr="00262734">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> استاد راهنما</w:t>
+            </w:r>
+            <w:r w:rsidR="00773A3F" w:rsidRPr="00262734">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ی دوم</w:t>
+            </w:r>
+            <w:r w:rsidR="000C4184" w:rsidRPr="00262734">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> :                                          </w:t>
+            </w:r>
+            <w:r w:rsidR="00B10C4B" w:rsidRPr="00262734">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00262734">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> امضای</w:t>
+            </w:r>
+            <w:r w:rsidR="00534F4D" w:rsidRPr="00262734">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> استاد</w:t>
+            </w:r>
+            <w:r w:rsidR="000C4184" w:rsidRPr="00262734">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> مشاور :</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000C4184" w:rsidRPr="00262734" w14:paraId="52EC1D88" w14:textId="77777777" w:rsidTr="00412BF7">
+        <w:trPr>
+          <w:trHeight w:val="1387"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9774" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="3294CAE5" w14:textId="77777777" w:rsidR="000C4184" w:rsidRPr="00262734" w:rsidRDefault="000C4184">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="B Zar"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00262734">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar" w:hint="cs"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>موضوع در شورای مورخ --------------- تحصیلات تکمیلی دانشکده مورد تصویب قرار گرفت .</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11388ED5" w14:textId="77777777" w:rsidR="00B10C4B" w:rsidRPr="00262734" w:rsidRDefault="00B10C4B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="B Zar"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="41CC3A79" w14:textId="77777777" w:rsidR="000C4184" w:rsidRPr="00262734" w:rsidRDefault="000C4184" w:rsidP="00B10C4B">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:rFonts w:cs="B Zar"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00262734">
+              <w:rPr>
+                <w:rFonts w:cs="B Zar" w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve">تاریخ و امضاء معاون تحصیلات تکمیلی دانشکده : </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4AA207C2" w14:textId="77777777" w:rsidR="00756EB9" w:rsidRPr="00BE0903" w:rsidRDefault="00756EB9" w:rsidP="00CB7F99">
+    <w:p w14:paraId="4735C19F" w14:textId="77777777" w:rsidR="000C4184" w:rsidRPr="00262734" w:rsidRDefault="000C4184" w:rsidP="004608E9">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:cs="B Lotus"/>
-[...3 lines deleted...]
-          <w:rtl/>
+          <w:rFonts w:cs="B Zar"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="45107538" w14:textId="77777777" w:rsidR="005C029F" w:rsidRPr="00BE0903" w:rsidRDefault="005C029F" w:rsidP="00CB7F99">
-[...9567 lines deleted...]
-    <w:sectPr w:rsidR="00C206C5" w:rsidRPr="006D041F" w:rsidSect="007257EA">
+    <w:sectPr w:rsidR="000C4184" w:rsidRPr="00262734" w:rsidSect="00FF5944">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="1418" w:bottom="1134" w:left="907" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
-      <w:titlePg/>
       <w:bidi/>
       <w:rtlGutter/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="32A2BA75" w14:textId="77777777" w:rsidR="00515DD1" w:rsidRDefault="00515DD1">
+    <w:p w14:paraId="5C3D2AF1" w14:textId="77777777" w:rsidR="00443D59" w:rsidRDefault="00443D59" w:rsidP="00B66319">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="231EC1A2" w14:textId="77777777" w:rsidR="00515DD1" w:rsidRDefault="00515DD1">
+    <w:p w14:paraId="2B71F92C" w14:textId="77777777" w:rsidR="00443D59" w:rsidRDefault="00443D59" w:rsidP="00B66319">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
-[...3 lines deleted...]
-    <w:family w:val="auto"/>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...29 lines deleted...]
-    <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Traditional Arabic">
-[...13 lines deleted...]
-  </w:font>
   <w:font w:name="B Zar">
-    <w:panose1 w:val="00000700000000000000"/>
-[...5 lines deleted...]
-  <w:font w:name="B Nazanin">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Compset">
-[...7 lines deleted...]
-    <w:panose1 w:val="05030102010509060703"/>
+  <w:font w:name="Wingdings 2">
+    <w:panose1 w:val="05020102010507070707"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="B Compset">
-[...57 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...222 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="62CE6862" w14:textId="77777777" w:rsidR="00515DD1" w:rsidRDefault="00515DD1">
+    <w:p w14:paraId="3DFEF370" w14:textId="77777777" w:rsidR="00443D59" w:rsidRDefault="00443D59" w:rsidP="00B66319">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1BEFAF55" w14:textId="77777777" w:rsidR="00515DD1" w:rsidRDefault="00515DD1">
+    <w:p w14:paraId="0EF1ECCE" w14:textId="77777777" w:rsidR="00443D59" w:rsidRDefault="00443D59" w:rsidP="00B66319">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
-<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-[...1171 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...1 lines deleted...]
-  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00D50BE8"/>
-[...344 lines deleted...]
-    <w:rsid w:val="00FF7226"/>
+    <w:rsidRoot w:val="00F850B3"/>
+    <w:rsid w:val="00045CF8"/>
+    <w:rsid w:val="000829E7"/>
+    <w:rsid w:val="000C4184"/>
+    <w:rsid w:val="00107B7E"/>
+    <w:rsid w:val="001A6DC1"/>
+    <w:rsid w:val="001D537B"/>
+    <w:rsid w:val="00262734"/>
+    <w:rsid w:val="002676EC"/>
+    <w:rsid w:val="002972A5"/>
+    <w:rsid w:val="002F31F1"/>
+    <w:rsid w:val="00314CC9"/>
+    <w:rsid w:val="00333439"/>
+    <w:rsid w:val="0034053E"/>
+    <w:rsid w:val="003A0038"/>
+    <w:rsid w:val="003E090A"/>
+    <w:rsid w:val="003F61A2"/>
+    <w:rsid w:val="00412BF7"/>
+    <w:rsid w:val="00443D59"/>
+    <w:rsid w:val="004608E9"/>
+    <w:rsid w:val="00471FB2"/>
+    <w:rsid w:val="00474765"/>
+    <w:rsid w:val="00477085"/>
+    <w:rsid w:val="00493FBA"/>
+    <w:rsid w:val="004B3CC0"/>
+    <w:rsid w:val="004C78ED"/>
+    <w:rsid w:val="004F7661"/>
+    <w:rsid w:val="00534F4D"/>
+    <w:rsid w:val="00575CC8"/>
+    <w:rsid w:val="00580653"/>
+    <w:rsid w:val="005E27CB"/>
+    <w:rsid w:val="00612A10"/>
+    <w:rsid w:val="0061761D"/>
+    <w:rsid w:val="00697540"/>
+    <w:rsid w:val="006A6201"/>
+    <w:rsid w:val="006C7397"/>
+    <w:rsid w:val="006D4D63"/>
+    <w:rsid w:val="006E0BDB"/>
+    <w:rsid w:val="00703B98"/>
+    <w:rsid w:val="00755F8D"/>
+    <w:rsid w:val="00773A08"/>
+    <w:rsid w:val="00773A3F"/>
+    <w:rsid w:val="008342BF"/>
+    <w:rsid w:val="00875210"/>
+    <w:rsid w:val="008B18B8"/>
+    <w:rsid w:val="008C059A"/>
+    <w:rsid w:val="009400E1"/>
+    <w:rsid w:val="009512B9"/>
+    <w:rsid w:val="0095264B"/>
+    <w:rsid w:val="009B0D8E"/>
+    <w:rsid w:val="00A70363"/>
+    <w:rsid w:val="00A73E95"/>
+    <w:rsid w:val="00B10C4B"/>
+    <w:rsid w:val="00B35970"/>
+    <w:rsid w:val="00B66319"/>
+    <w:rsid w:val="00B72117"/>
+    <w:rsid w:val="00C41203"/>
+    <w:rsid w:val="00C558F5"/>
+    <w:rsid w:val="00C8258E"/>
+    <w:rsid w:val="00C90AC3"/>
+    <w:rsid w:val="00D0014B"/>
+    <w:rsid w:val="00D30623"/>
+    <w:rsid w:val="00D34514"/>
+    <w:rsid w:val="00D57C9F"/>
+    <w:rsid w:val="00E01847"/>
+    <w:rsid w:val="00EA3067"/>
+    <w:rsid w:val="00ED4914"/>
+    <w:rsid w:val="00EF3BA8"/>
+    <w:rsid w:val="00F14676"/>
+    <w:rsid w:val="00F20FF3"/>
+    <w:rsid w:val="00F850B3"/>
+    <w:rsid w:val="00F937F8"/>
+    <w:rsid w:val="00FB3407"/>
+    <w:rsid w:val="00FC7D69"/>
+    <w:rsid w:val="00FF5944"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="fa-IR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
-[...3 lines deleted...]
-  <w15:docId w15:val="{D5E243B4-B048-48FD-8E9A-FF521B70641B}"/>
+  <w:decimalSymbol w:val="/"/>
+  <w:listSeparator w:val="؛"/>
+  <w14:docId w14:val="0C916D39"/>
+  <w15:docId w15:val="{2E00FD7A-3E10-44EE-9744-BC97FA1CEB11}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="fa-IR"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...16 lines deleted...]
-    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
-    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
@@ -15076,361 +1962,240 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:bidi/>
     </w:pPr>
-    <w:rPr>
-[...4 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
     <w:qFormat/>
+    <w:rsid w:val="000C4184"/>
     <w:pPr>
       <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:cs="Zar"/>
-[...57 lines deleted...]
-      <w:szCs w:val="20"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00F850B3"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NoSpacing">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="000C4184"/>
+    <w:pPr>
+      <w:bidi/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="000C4184"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalloonText">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A73E95"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00A73E95"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B66319"/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="center" w:pos="4153"/>
-        <w:tab w:val="right" w:pos="8306"/>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00B66319"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B66319"/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="center" w:pos="4153"/>
-        <w:tab w:val="right" w:pos="8306"/>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...76 lines deleted...]
-    <w:rsid w:val="00C36A2E"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00C36A2E"/>
-[...69 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00B66319"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
-[...7 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -15655,85 +2420,83 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BB905F3D-A9EA-4E43-A423-5C380640FE5C}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4352BCDD-E479-480E-9758-D546CDBAE525}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>862</Words>
-  <Characters>4915</Characters>
+  <Words>187</Words>
+  <Characters>1071</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>40</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>8</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>فرم شمارة 1ـ طرح تحقيق پايان نامه كارشناسي ارشد</vt:lpstr>
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>MRT www.Win2Farsi.com</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5766</CharactersWithSpaces>
+  <CharactersWithSpaces>1256</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>فرم شمارة 1ـ طرح تحقيق پايان نامه كارشناسي ارشد</dc:title>
-[...2 lines deleted...]
-  <cp:keywords/>
+  <dc:title/>
+  <dc:creator>ERC</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>